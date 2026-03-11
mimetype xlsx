--- v0 (2025-12-11)
+++ v1 (2026-03-11)
@@ -54,553 +54,553 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ver. Gero Laimer</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/292/indicacao_no_001_de_06_de_fevereiro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/292/indicacao_no_001_de_06_de_fevereiro_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do poder Executivo Municipal a realização de operação tapa buracos e recapeamentos das vias públicas municipais  de Cariri do Tocantins.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Ver. Galego da Patrola</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/293/indicacao_no_002_de_10_de_fevereiro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/293/indicacao_no_002_de_10_de_fevereiro_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmº Srº Prefeito Municipal junto à  Secretaria de Saúde que providencie para que a vigilância faça dedetização em todo o Município de Cariri do Tocantins.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/294/indicacao_no_003_de_10_de_fevereiro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/294/indicacao_no_003_de_10_de_fevereiro_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmº Srº Prefeito Municipal junto à infraestrutura que possa designar um servidor para ser responsável pela manutenção preventiva e corretiva (Lubrificação e troca de filtros) das Máquinas e Caminhões do município de Cariri do Tocantins.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Ver. Arivan</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/296/ata_no_004_de_18_de_fevereiro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/296/ata_no_004_de_18_de_fevereiro_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica; A necessidade de reparos na Iluminação Pública da Avenida Bernardo Sayão.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/297/ata_no_005_de_12_de_fevereiro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/297/ata_no_005_de_12_de_fevereiro_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica; Que o Poder Executivo Municipal realize a reforma da Praça Pedro Batista e dá outras providências.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/295/indicacao_no_006_de_14_de_fevereiro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/295/indicacao_no_006_de_14_de_fevereiro_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmº Srº Prefeito Municipal providências no sentido da reforma geral e reestruturação dos vestiários e banheiros  Estádio Gilvan Bento de Carvalho e dá outras providências.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/298/indicacao_no_007_de_18_de_fevererio_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/298/indicacao_no_007_de_18_de_fevererio_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, na forma regimental, determine ao setor competente que tome providências quanto à  construção de um bueiro localizado no final da Avenida Bernardo Sayão sentido Assentamento PA Combra.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>José Ponciano</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/305/indicacao_no_008_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/305/indicacao_no_008_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmº Srº Prefeito Municipio providência no setido de reformoar ponte que liga o município de Cariri do Tocantins a Formosodo Araguai- TO.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Professor Ederson</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/306/indicacao_no_009_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/306/indicacao_no_009_2020.pdf</t>
   </si>
   <si>
     <t>Indica à Ilustríssima Senhora Secretária Municipal de Saúde e ao Exm.º Srº. Prefeito Municipal providências no sentido implantar Clinica de psicologia neste município.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/307/indicacao_no_010_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/307/indicacao_no_010_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exm.º Srº Prefeito Municipal providências no sentido de encaminhar ao Ministério do Turismo demanda para iluminação da pista de copper do Balneário Municipal.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/316/indicacao_no_011_de_02_de_outubro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/316/indicacao_no_011_de_02_de_outubro_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal no sentido de encaminhar a Secretária de Infraestrutura que providencie um quebra mola no início da Avenida Julieta Zeferina de Oliveira município de Cariri do Tocantins.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/317/indicacao_no_012_de_08_de_outubro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/317/indicacao_no_012_de_08_de_outubro_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal no sentido de encaminhar a Secretária da Educação que seja feito contratação de Monitoras para os ônibus escolares municipais de Cariri do Tocantins.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/331/indicacao_no_013_de_15_de_outubro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/331/indicacao_no_013_de_15_de_outubro_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder executivo Municipal que determinar ao setor competente que tomo providência na restruturação do trecho que liga a estrada das duas vicinais do Assentamento PA Coinbra de Cariri do Toccanins.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/332/indicacao_no_014_de_22_de_outubro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/332/indicacao_no_014_de_22_de_outubro_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que seja feito contratação de um Técnico Veterinário para atender a demanda   em nossa Cidade.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/333/indicacao_no_015_de_27_de_outubro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/333/indicacao_no_015_de_27_de_outubro_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmº. Sr.º Prefeito Municipal, através da Secretária de Infraestrutura, para que faça a terraplanagem  do trecho colocando aterramento para levantar a estrada vicinal no Assentamento P.A Coimbra.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/334/indicacao_no_016_de_06_de_novembro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/334/indicacao_no_016_de_06_de_novembro_de_2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal á Construção da sede própria do Assentamento PA Coimbra Cariri do Tocantins.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>PLC-E</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>Vanderlei Antônio de Carvalho Junior</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/327/projeto_de__lei_complementar_no_001.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/327/projeto_de__lei_complementar_no_001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal nº 490/2018, de 14 de novembro de 2018.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/328/projeto_de_le_complementar__no_002_de_15_de_outubro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/328/projeto_de_le_complementar__no_002_de_15_de_outubro_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ampliação do limite para abertura de crédito suplementar durante a execução do orçamento municipal no exercício de 2020 e altera a redação do Art. 5º da Lei Municipal nº 505, de 23 de dezembro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>PLO-E</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/299/projeto_de_lei_no_001_de_15_de_abril_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/299/projeto_de_lei_no_001_de_15_de_abril_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a elaboração da Lei de Diretrizes Orçamentaria  (LDO) para o exercício de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/300/projeto_de_lei_no_002_de_29_de_abril_de_2020._-_copia.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/300/projeto_de_lei_no_002_de_29_de_abril_de_2020._-_copia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Ação de Apoio ao Enfrntamento dos efeitos da Pandemia de Covid-19 e autoriza a abertura de crèdito especial ao Orçamento do Munícipio de Cariri/TO em favor da unidade orçamentária que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/301/projeto_de_lei_no_003-2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/301/projeto_de_lei_no_003-2020.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Saneamento Básico - PMSB e Estabelece Política Municipal de Saneamento Básico, e, dá Outras Providências.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/308/projeto_de_lei_no_004_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/308/projeto_de_lei_no_004_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação da Ação de Apoio ao enfretamento dos Efeitos da Pandemia de Covid-19 e autoriza a Abertura de Crédito especial ao Orçamento do Município de Cariri do Tocantins-TO.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/309/projeto_d_lei_no_005_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/309/projeto_d_lei_no_005_2020.pdf</t>
   </si>
   <si>
     <t>autoriza o Poder Executivo Municipal desafetar e a alienar mediante venda, imóveis do Município , através de procedimento licitatório, conforme especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/310/projeto_de_lei_no_006_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/310/projeto_de_lei_no_006_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Quadra de Esporte da Avenida JJ, Quadra 06 e dá outras providências.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/311/projeto_de_lei_no_007_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/311/projeto_de_lei_no_007_2020.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de Educação de Cariri/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/318/projeto_de_lei_no_008_de_05_de_agosto_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/318/projeto_de_lei_no_008_de_05_de_agosto_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação a sede da Prefeitura municipal de Cariri/TO para  "PAÇO ODAIR BORGES DE AMORIM", e dá outras providências.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/319/projeto_de_lei_no_009_de_05_de_agosto_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/319/projeto_de_lei_no_009_de_05_de_agosto_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Ginásio situado na Escola Municipal Divina Ribeiro Borges, Avenida Castelo Branco, s/n, Centro, Cariri/TO "MAYCON HENRIQUE PEREIRA DE OLIVEIRA", e dá outras providências.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/321/projeto_de_lei_no_010_de_05_de_agosto_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/321/projeto_de_lei_no_010_de_05_de_agosto_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  a denominação do Campo Society situado na Rua Joaquina Antônia de Sousa, s/n , Setor Novo Horizonte, Cariri do Tocantins/TO "ELSON LUCIANO SANTANA", e dá outras providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/312/projeto_de_lei_no_011_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/312/projeto_de_lei_no_011_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro de Convivência, situado na Rua Julieta Zeferino de Oliveira, S/N, Centro, Cariri do Tocantins/TO"CENTRO DE CONVIVÊNCIA MARIA DALVA DO NASCIMENTO", e dá outras providências.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/320/projeto_de_lei_no_012_de_05_de_agosto_de_2020_-_copia.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/320/projeto_de_lei_no_012_de_05_de_agosto_de_2020_-_copia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Quadra de Volêi situada na Avenida JJ, s/n, Setor NOvo Horizonte, Cariri do TOcantins/TO "SHIRLEY SANTOS DE OLIVEIRA", e dá outras providências.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/322/projeo_de_lei_no_013_de_05_de_agosto_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/322/projeo_de_lei_no_013_de_05_de_agosto_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Unidade Básica de Saúde -UBS situada no Projeto de Assentamento-PA Coimbra, Cariri do _x000D_
  Tocantins/TO "UNIDADE BÁSICA DE SAÚDE - UBS COSME E DAMIÃO", e dá outras providências.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/323/projeto_de_lei_no_014_de_05_de_agosto_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/323/projeto_de_lei_no_014_de_05_de_agosto_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Quadra de Tênis, situada na Avenida JJ&lt;, s/n, Setor Novo Horizonte, Cariri do TOcantins/TO para "IVAN CARLOS MIRANDA DE SOUZA", e dá outras providênicias.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/324/projeto_de_lei_no_015_de_05_de_agosto_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/324/projeto_de_lei_no_015_de_05_de_agosto_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Laboratório de Informática situado na Escola Municipal Divina Ribeiro Borges, Avenida Castelo Branco, s/n, Centro, Cariri do Tocantins/TO "PROFESSOR VALDEMIR DA SILVA ALMEIDA", e dá outras providências.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/314/projeto_de_lei_no_016_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/314/projeto_de_lei_no_016_2020.pdf</t>
   </si>
   <si>
     <t>Istitui Nota Fiscal Eletrônica- NFS-e no âmbito do Município de Cariri/TO, e dá outras providência.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/313/projeto_de_lei_no_017_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/313/projeto_de_lei_no_017_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Celebrar Convênio com a Agência de Regulação de Porto Nacional-TO e dá outras providências.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/315/projeto_de_lei_no_018_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/315/projeto_de_lei_no_018_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autoriza  a abertura de crédito especial ao Orçamento do Município de Cariri/TO em favor da unidade orçamentário que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/325/projeto_de_lei_no_019_de_07_de_outubro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/325/projeto_de_lei_no_019_de_07_de_outubro_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do valor para pagamento Obrigatorio de pequeno valor/RPV decorrente de decisões judiciais, nos termos do art. 100, parágrafos 3º e 4º da Constituição Federal/88, e dá outras providências.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/326/projeto_de_lei_no_020_de_15_de_outubro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/326/projeto_de_lei_no_020_de_15_de_outubro_de_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial ao orçamento vigente do Munícipio de Cariri/TO em favor da unidade orçamentária que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>José Gomes</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/329/ppa_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/329/ppa_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão do Plano Plurianual (PPA) do Município de Cariri/TO, para o exercício de 2021.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/330/loa_2020..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/330/loa_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei Orçamentária Anual (LOA) para 2021 estimando Receita e Fixando  Despesas e dá outras providências.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>PLO-L</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/336/projeto_de_lei_no_001_de_29_de_abril_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/336/projeto_de_lei_no_001_de_29_de_abril_de_2020.pdf</t>
   </si>
   <si>
     <t>Fixa o Valor do Subsídio Mensal do Prefeit, Vice- Prefeito e dos Secretários Municipais para o Quadriênio 2021/2024.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/302/requerimento__no_001.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/302/requerimento__no_001.pdf</t>
   </si>
   <si>
     <t>Requer  através deste, que Vossa Senhoria possa prestar esclarecimento por qual motivo os buracos que a empresa esta abrindo para instalação de hidrômeto em ruas da cidade e não estão sendo feito o fechamento correto destes buracos, causando transtorno a população caririense.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/303/requerimento_no_002.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/303/requerimento_no_002.pdf</t>
   </si>
   <si>
     <t>moção de preocupação com a pretendida privativação da empresa Brasileira de Correios e Telégrafos-ETC.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/304/requerimento_no_003.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/304/requerimento_no_003.pdf</t>
   </si>
   <si>
     <t>Requer da Secretária  de Assistência Social que disponibilize uma Casa de apoio em Barretos- SP, para os pacientes e acompanhantes que estão em tratamento.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/335/requerimento_no_004_de_07_de_dezembro_de_2020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/335/requerimento_no_004_de_07_de_dezembro_de_2020.pdf</t>
   </si>
   <si>
     <t>Requer da Secretária de Assistência Social que disponibilize uma Casa de Apoio em Goiânia-GO, para os pacientes e acompanhantes que estão em tratamento.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -907,68 +907,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/292/indicacao_no_001_de_06_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/293/indicacao_no_002_de_10_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/294/indicacao_no_003_de_10_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/296/ata_no_004_de_18_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/297/ata_no_005_de_12_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/295/indicacao_no_006_de_14_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/298/indicacao_no_007_de_18_de_fevererio_de_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/305/indicacao_no_008_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/306/indicacao_no_009_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/307/indicacao_no_010_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/316/indicacao_no_011_de_02_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/317/indicacao_no_012_de_08_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/331/indicacao_no_013_de_15_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/332/indicacao_no_014_de_22_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/333/indicacao_no_015_de_27_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/334/indicacao_no_016_de_06_de_novembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/327/projeto_de__lei_complementar_no_001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/328/projeto_de_le_complementar__no_002_de_15_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/299/projeto_de_lei_no_001_de_15_de_abril_de_2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/300/projeto_de_lei_no_002_de_29_de_abril_de_2020._-_copia.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/301/projeto_de_lei_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/308/projeto_de_lei_no_004_2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/309/projeto_d_lei_no_005_2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/310/projeto_de_lei_no_006_2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/311/projeto_de_lei_no_007_2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/318/projeto_de_lei_no_008_de_05_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/319/projeto_de_lei_no_009_de_05_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/321/projeto_de_lei_no_010_de_05_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/312/projeto_de_lei_no_011_2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/320/projeto_de_lei_no_012_de_05_de_agosto_de_2020_-_copia.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/322/projeo_de_lei_no_013_de_05_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/323/projeto_de_lei_no_014_de_05_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/324/projeto_de_lei_no_015_de_05_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/314/projeto_de_lei_no_016_2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/313/projeto_de_lei_no_017_2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/315/projeto_de_lei_no_018_2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/325/projeto_de_lei_no_019_de_07_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/326/projeto_de_lei_no_020_de_15_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/329/ppa_2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/330/loa_2020..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/336/projeto_de_lei_no_001_de_29_de_abril_de_2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/302/requerimento__no_001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/303/requerimento_no_002.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/304/requerimento_no_003.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/335/requerimento_no_004_de_07_de_dezembro_de_2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/292/indicacao_no_001_de_06_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/293/indicacao_no_002_de_10_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/294/indicacao_no_003_de_10_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/296/ata_no_004_de_18_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/297/ata_no_005_de_12_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/295/indicacao_no_006_de_14_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/298/indicacao_no_007_de_18_de_fevererio_de_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/305/indicacao_no_008_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/306/indicacao_no_009_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/307/indicacao_no_010_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/316/indicacao_no_011_de_02_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/317/indicacao_no_012_de_08_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/331/indicacao_no_013_de_15_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/332/indicacao_no_014_de_22_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/333/indicacao_no_015_de_27_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/334/indicacao_no_016_de_06_de_novembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/327/projeto_de__lei_complementar_no_001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/328/projeto_de_le_complementar__no_002_de_15_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/299/projeto_de_lei_no_001_de_15_de_abril_de_2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/300/projeto_de_lei_no_002_de_29_de_abril_de_2020._-_copia.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/301/projeto_de_lei_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/308/projeto_de_lei_no_004_2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/309/projeto_d_lei_no_005_2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/310/projeto_de_lei_no_006_2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/311/projeto_de_lei_no_007_2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/318/projeto_de_lei_no_008_de_05_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/319/projeto_de_lei_no_009_de_05_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/321/projeto_de_lei_no_010_de_05_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/312/projeto_de_lei_no_011_2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/320/projeto_de_lei_no_012_de_05_de_agosto_de_2020_-_copia.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/322/projeo_de_lei_no_013_de_05_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/323/projeto_de_lei_no_014_de_05_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/324/projeto_de_lei_no_015_de_05_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/314/projeto_de_lei_no_016_2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/313/projeto_de_lei_no_017_2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/315/projeto_de_lei_no_018_2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/325/projeto_de_lei_no_019_de_07_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/326/projeto_de_lei_no_020_de_15_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/329/ppa_2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/330/loa_2020..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/336/projeto_de_lei_no_001_de_29_de_abril_de_2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/302/requerimento__no_001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/303/requerimento_no_002.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/304/requerimento_no_003.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2020/335/requerimento_no_004_de_07_de_dezembro_de_2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="142.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="251.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>