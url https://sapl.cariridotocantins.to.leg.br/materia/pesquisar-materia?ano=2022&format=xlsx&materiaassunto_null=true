--- v0 (2025-12-09)
+++ v1 (2026-03-11)
@@ -54,579 +54,579 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Júnior Chaveiro</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/366/indicacao_n_01_de_fevereiro_de_2022.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/366/indicacao_n_01_de_fevereiro_de_2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE SEJA FEITO CONVÊNIOS COM OUTRAS INSTITUIÇÕES DE ENSINO SUPERIORES DE GURUPI-TO. EX: UFT, UNINTER, UNIP e UNOPAR.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>José Ponciano</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/376/indicacao_no_02_de_31_de_marco_de_2022._000079_1.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/376/indicacao_no_02_de_31_de_marco_de_2022._000079_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. PREFEITO MUNICIPAL , QUE PROVIDENCIE JUNTO AO DEPARTAMENTO COMPETENTE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO  EM PONTOS ESTRATÉGICOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Tetin do Açougue</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL QUE PROVIDENCIE JUNTO AO DEPARTAMENTO COMPETENTE A IMPLANTAÇÃO DE UM NÚCLEO DE IDENTIFICAÇÃO CIVIL, NO MUNICÍPIO DE CARIRI DO TOCANTINS , PARA FACILITAR O ACESSO DO CIDADÃO CARIRIENSE AO DOCUMENTO DE CARTEIRA DE IDENTIDADE.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ricardo Barata</t>
   </si>
   <si>
     <t>INDICA AO SR. PREFEITO MUNICIPAL QUE PROVIDENCIE JUNTO AO DEPARTAMENTO COMPETENTE AMPLIAÇÃO E EXPANSÃO DO ESPAÇO FÍSICO DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/385/indicacao_no_06_de_24_08_2022_ver._agmar_moreira_r._junior_000171.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/385/indicacao_no_06_de_24_08_2022_ver._agmar_moreira_r._junior_000171.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. PREFEITO MUNICIPAL PARA QUE JUNTO A SUA SECRETARIA COMPETENTE, SEJA INSTALADO UM SISTEMA DE ILUMINAÇÃO DA PISTA DE CAMINHADA DO BALNEÁRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL A VIABILIDADE COM URGÊNCIA JUNTO AO  DEPARTAMENTO COMPETENTE FAIXA DE PEDESTRE NA RUA JUSCELINO  KUBISTCHEK EM FRENTE O CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL  PROFESSORA LUZIA SOUZA FERREIRA.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/401/indicacao_no_008_de_23_de_novembro_2022_vereador__barata_000065.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/401/indicacao_no_008_de_23_de_novembro_2022_vereador__barata_000065.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR SECRETÁRIO MUINICIPAL DE INFRAESTRUTURA THIAGO ALVES SOUZA QUE VIABILIZE COM URGÊNCIA JUNTO O DEPARTAMENTO COMPETENTE  INSTALAÇÃO  DE LIXEIRAS NA PRAÇA CENTRAL PEDRO BATISTA.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>MAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>Professor Ederson</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/407/mocao_de_aplausos_no_001_2022__000078.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/407/mocao_de_aplausos_no_001_2022__000078.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS ATLETAS DO TIME CAMPEÃO ESTADUAL DE VOLEIBOL DE CARIRI DO TOCANTINS.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Vanderlei Antônio de Carvalho Junior</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/395/projeto_de_lei_n_006_2022_do_28_de_janeiro__de_2022..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/395/projeto_de_lei_n_006_2022_do_28_de_janeiro__de_2022..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE GRATIFICAÇÃO PARA OS MEMBROS DA COMISSÃO DE LICITAÇÃO DE CARIRI DO TOCANTINS -TO.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>PLC-E</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/379/projeto_de_llei_complementar_no_002_de_29_de_marco_de_2022_bb_000010.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/379/projeto_de_llei_complementar_no_002_de_29_de_marco_de_2022_bb_000010.pdf</t>
   </si>
   <si>
     <t>DISPÕE  SOBRE  ATUALIZAÇÃO  DOS  VALORES  CONSTANTES NO ANEXO I DA LEI 501/2019.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>PLC-L</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/408/projeto_de_lei_complementar_no_002_000029.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/408/projeto_de_lei_complementar_no_002_000029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Administrativa do Poder Legislativo do Município de Cariri do Tocantins , fixa princípios e diretrizes de gestão e da outras  providências.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/409/projeto_de_lei_complementar_no_003_de_dezembro_de_2022_000031.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/409/projeto_de_lei_complementar_no_003_de_dezembro_de_2022_000031.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Plano de Cargos, Carreira e remuneração dos Serviços da Administração do Poder Legislativo do Município de Cariri do Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>PLO-E</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_no_001__03_01_2022_000063.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_no_001__03_01_2022_000063.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as contratações por tempo determinados para atender as necessidades temporária de excepcional interesse público e dá outras providências.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_no_002__03_01_2022_000064.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_no_002__03_01_2022_000064.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DAS AÇÕES EXISTENTES NA LEI 552 , DE 22 DE DEZEMBRO DE 2021</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_no_003__03_01_2022_000065.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_no_003__03_01_2022_000065.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre a reestruturação administrativa e organizacional do Poder Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/374/projeto_de_lei_no_04_de_28.01.2022_000053.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/374/projeto_de_lei_no_04_de_28.01.2022_000053.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA OS ARTIGOS 115  A  122 DA LEI  034 DE  22 DE ABRIL  DE 1994 PARA FINS DE PAGAMENTO DO ADICIONAL DE  INSALUBRIDADE E PERICULOSIDADE AOS SERVIDORES  DO MUNICÍPIO DE CARIRI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/394/projeto_de_lei_n_005_de_28_de_janeiro__de_2022..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/394/projeto_de_lei_n_005_de_28_de_janeiro__de_2022..pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A FIRMAR CONVÊNIO COM INSTITUTO  NACIONAL DE SEGURO SOCIAL - INSS.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/397/projeto_de_lei_n_006_2022_do_28_de_janeiro__de_2022..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/397/projeto_de_lei_n_006_2022_do_28_de_janeiro__de_2022..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE GRATIFICAÇÃO PARA OS MEMBROS  PARA A COMISSÃO DE LICITAÇÃO DE CARIRI DO TOCANTINS-TO.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_de_lei_n_007_de_31_de_janeiro__de_2022..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_de_lei_n_007_de_31_de_janeiro__de_2022..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAR O CARGO DE ASSESSOR ESPECIAL DOS SERVIÇOS DE PROTEÇÃO SOCIAL DO CREAS NA ESTRUTURA ADMINISTRATIVA NA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_de_lei__n_008_de_08_de_fevereiro__de_2022..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_de_lei__n_008_de_08_de_fevereiro__de_2022..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA QUANTIDADE DE CARGOS DE PROFESSORES MÉDIO NÍVEL I  PREVISTO NO ANEXO I DA LEI 557 DE 11 DE FEVEREIRO DE 2022.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_no_010_de_07_de_de_marco_de_2022..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_no_010_de_07_de_de_marco_de_2022..pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO  MUNICIPAL A CRIAR O CENTRO DE CONTROLE DE ZOONOSES DE CARIRI DO TOCANTINS  E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O CENTRO DE CONTROLE DE  ZOONOZES  DE CARIRI DO TOCANTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A DESAFETAR E ALIENAR BENS  MÓVEIS INSERVÍVEIS AO PATRIMÔNIO MUNICIPAL E ADOTA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/391/projeto_de_lei_no_012_de_08_de_de_marco_de_2022._000070.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/391/projeto_de_lei_no_012_de_08_de_de_marco_de_2022._000070.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO  SUPLEMENTAR  POR SUPERÁVIT  FINANCEIRO DE RECURSOS NÃO VINCULADOS NO VALOR DE APURADO EM 31.12.2021, AO ORÇAMENTO VIGENTE DO MUNICÍPIO  DE CARIRI DO TOCANTINS/TO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A TRANSFORMAR ÁREA RURAL EM URBANA E A  INCORPORA  AO PERÍMETRO URBANO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_no_014_de_10_de_de_marco_de_2022..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_no_014_de_10_de_de_marco_de_2022..pdf</t>
   </si>
   <si>
     <t>INSTITUI O CASAMENTO CIVIL COMUNITÁRIO NO ÂMBITO DO MUNICÍPIO DE CARIRI DO TOCANTINS-TO.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/375/projeto_de_lei_no_015_de_14.03.2022_000055.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/375/projeto_de_lei_no_015_de_14.03.2022_000055.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO DO BRASIL S.A  , CAIXA ECONÓMICA  FEDERAL, E OUTRAS INSTITUIÇÕES FINANCEIRAS, COM OU SEM GARANTIA DA UNIÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO O CARGO DE FISCAL DE CONTRATO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/378/projeto_de_llei__no_017_de_05_de_abril_de_2022_bb_000011.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/378/projeto_de_llei__no_017_de_05_de_abril_de_2022_bb_000011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL N° 500/2019.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/390/projeto_de_lei_no_022_de_25_de_maio_de_2022._000231_2.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/390/projeto_de_lei_no_022_de_25_de_maio_de_2022._000231_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESAFETAR E AUTORIZAR A DOAÇÃO DE IMÓVEL URBANO COM ENCARGO PARA A EMPRESA E.F. DE OLIVEIRA E CIA. LTDA, INSCRITA NO CNPJ SOB O Nº 16.582.179/0001-72  E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_de_lei__n_023_de_13_de_junho_de__2022.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_de_lei__n_023_de_13_de_junho_de__2022.pdf</t>
   </si>
   <si>
     <t>DESAFETA  E  AUTORIZA A DOAÇÃO  DE IMÓVEL  COM ENCARGOS  Á EMPRESA EFENSE CARIRI  LTDA, INSCRITA CNPJ  SOB Nº 43.994.960/0001-27 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/383/projeto_de_lei__n_024__de_22_de_junho_de__2022.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/383/projeto_de_lei__n_024__de_22_de_junho_de__2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SERVIÇO  DE ACOLHIMENTO INSTITUCIONAL CASA LAR PARA ATENDER CRIANÇAS, ADOLESCENTES E IDOSOS EM SITUAÇÃO DE RISCO NO MUNICÍPIO DE CARIRI DO TOCANTINS  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/392/projeto_de_lei_no_025_de_07_de_julho_de__2022_000142.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/392/projeto_de_lei_no_025_de_07_de_julho_de__2022_000142.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTO  DE INTERESSE PÚBLICO NO TRABALHO  E ATIVIDADES REALIZADAS  PELA A IGREJA  ASSEMBLEIA DE DEUS MINISTÉRIO DE MADUREIRA CNPJ 01.184.738/0001-19 SEDIADA NO MUNICÍPIO DE CARIRI , NA ÁREA DA EDUCAÇÃO, ASSISTÊNCIA SOCIAL E ASSISTÊNCIA DE SAÚDE, DESAFETA BEM  MÓVEL E AUTORIZA DOAÇÃO DA ESTRUTURA  DE FERRAGEM  E COBERTURA EM DESUSO PELO MUNICÍPIO E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/393/projeto_de_lei_no_027_2022_de_23_08_2022_000020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/393/projeto_de_lei_no_027_2022_de_23_08_2022_000020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS PARA A ESCOLHA DE CANDIDATO AO PROVIMENTO DE CARGO EM COMISSÃO DE DIRETOR  DE UNIDADE DE ENSINO DA REDE MUNICIPAL DE CARIRI DO TOCANTINS.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CREDITO ESPECIAL AO ORÇAMENTO  DO MUNICÍPIO DE CARIRI/TO EM FAVOR DA UNIDADE ORÇAMENTÁRIA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE PROCESSO  SELETIVO  PARA CONTRATAÇÃO DE AGENTES COMUNITÁRIOS DE SAÚDE -ACS E AGENTES DE COMBATE A ENDEMIAS-ACE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/387/projeto_de_lei_no_030_de_16_08_2022_aprovado_000175.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/387/projeto_de_lei_no_030_de_16_08_2022_aprovado_000175.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE CARIRI/TO EM FAVOR DA UNIDADE ORÇAMENTÁRIA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ELABORAÇÃO DA LEI  DE  DIRETRIZES  ORÇAMENTÁRIA  (LDO) PARA O EXERCÍCIO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_de_lei_no_032_2022_de_12_09_2022_000022.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_de_lei_no_032_2022_de_12_09_2022_000022.pdf</t>
   </si>
   <si>
     <t>DISPÕE  SOBRE A ESTRUTURA ADMINISTRATIVA, NA PARTE REFERENTE AOS CARGOS DE PROVIMENTO  EFETIVOS  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_no_033_de_26_09_2022_000027.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_no_033_de_26_09_2022_000027.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO ÚNICO  DA LEI 547 DE 9 DE DEZEMBRO DE 2021 PARA ACRESCENTAR UMA VAGA NA ESPECIALIDADE MÉDICA DE PSIQUIATRIA E UMA VAGA NA ESPECIALIDADE MÉDICA EM SAÚDE DA FAMÍLIA E DÁ OURAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/403/pl_35-2022_ppa_2023.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/403/pl_35-2022_ppa_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DO PLANO PLURIANUAL-PPA PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/404/pl_36-2022_loa_cariri_2023.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/404/pl_36-2022_loa_cariri_2023.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CARIRI DO TOCANTINS, PARA O EXERCÍCIO FINANCEIRO  DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/405/projeto_de_lei_no_037_de_05_de_dezembro_de_2022_000066.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/405/projeto_de_lei_no_037_de_05_de_dezembro_de_2022_000066.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXTINÇÃO DO SERVIÇO DE ACOLHIMENTO INSTITUCIONAL E FECHAMENTO DA CASA LAR, REVOGANDO-SE A LEI 578 DE 29 DE JUNHO DE 2022.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/406/projeto_de_lei_no_038_de_08_de_dezembro_2022_000075.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/406/projeto_de_lei_no_038_de_08_de_dezembro_2022_000075.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE TRANSPARÊNCIA E ACESSO Á INFORMAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>PLO-L</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A  REVISÃO GERAL ANUAL AOS SUBSÍDIOS DOS AGENTES  POLÍTICOS, NOS TERMOS DO INCISO X DO ART. 37 , DA CONSTITUIÇÃO FEDERAL E ART . 198  DA LEI ORGÂNICA.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/381/projeto__resolucao_no_001_2022_de_9_de_maio_2022_000116.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/381/projeto__resolucao_no_001_2022_de_9_de_maio_2022_000116.pdf</t>
   </si>
   <si>
     <t>ESTIPULA  VALORES DE DIÁRIAS PARA VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE CARIRI DO TOCANTINS-TO. ( RESOLUÇÃO)</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Requer ao GOVERNADOR DO ESTADO DO TOCANTINS, O SR.  WANDERLEI BARBOSA,  a  NOMEAÇÃO E POSSE DOS 162 APROVADOS DO CONCURSO DA DEFESA SOCIAL REALIZADO NO ANO DE 2014.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -945,68 +945,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/366/indicacao_n_01_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/376/indicacao_no_02_de_31_de_marco_de_2022._000079_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/385/indicacao_no_06_de_24_08_2022_ver._agmar_moreira_r._junior_000171.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/401/indicacao_no_008_de_23_de_novembro_2022_vereador__barata_000065.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/407/mocao_de_aplausos_no_001_2022__000078.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/395/projeto_de_lei_n_006_2022_do_28_de_janeiro__de_2022..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/379/projeto_de_llei_complementar_no_002_de_29_de_marco_de_2022_bb_000010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/408/projeto_de_lei_complementar_no_002_000029.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/409/projeto_de_lei_complementar_no_003_de_dezembro_de_2022_000031.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_no_001__03_01_2022_000063.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_no_002__03_01_2022_000064.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_no_003__03_01_2022_000065.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/374/projeto_de_lei_no_04_de_28.01.2022_000053.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/394/projeto_de_lei_n_005_de_28_de_janeiro__de_2022..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/397/projeto_de_lei_n_006_2022_do_28_de_janeiro__de_2022..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_de_lei_n_007_de_31_de_janeiro__de_2022..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_de_lei__n_008_de_08_de_fevereiro__de_2022..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_no_010_de_07_de_de_marco_de_2022..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/391/projeto_de_lei_no_012_de_08_de_de_marco_de_2022._000070.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_no_014_de_10_de_de_marco_de_2022..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/375/projeto_de_lei_no_015_de_14.03.2022_000055.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/378/projeto_de_llei__no_017_de_05_de_abril_de_2022_bb_000011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/390/projeto_de_lei_no_022_de_25_de_maio_de_2022._000231_2.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_de_lei__n_023_de_13_de_junho_de__2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/383/projeto_de_lei__n_024__de_22_de_junho_de__2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/392/projeto_de_lei_no_025_de_07_de_julho_de__2022_000142.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/393/projeto_de_lei_no_027_2022_de_23_08_2022_000020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/387/projeto_de_lei_no_030_de_16_08_2022_aprovado_000175.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_de_lei_no_032_2022_de_12_09_2022_000022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_no_033_de_26_09_2022_000027.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/403/pl_35-2022_ppa_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/404/pl_36-2022_loa_cariri_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/405/projeto_de_lei_no_037_de_05_de_dezembro_de_2022_000066.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/406/projeto_de_lei_no_038_de_08_de_dezembro_2022_000075.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/381/projeto__resolucao_no_001_2022_de_9_de_maio_2022_000116.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/366/indicacao_n_01_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/376/indicacao_no_02_de_31_de_marco_de_2022._000079_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/385/indicacao_no_06_de_24_08_2022_ver._agmar_moreira_r._junior_000171.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/401/indicacao_no_008_de_23_de_novembro_2022_vereador__barata_000065.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/407/mocao_de_aplausos_no_001_2022__000078.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/395/projeto_de_lei_n_006_2022_do_28_de_janeiro__de_2022..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/379/projeto_de_llei_complementar_no_002_de_29_de_marco_de_2022_bb_000010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/408/projeto_de_lei_complementar_no_002_000029.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/409/projeto_de_lei_complementar_no_003_de_dezembro_de_2022_000031.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_no_001__03_01_2022_000063.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_no_002__03_01_2022_000064.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_no_003__03_01_2022_000065.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/374/projeto_de_lei_no_04_de_28.01.2022_000053.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/394/projeto_de_lei_n_005_de_28_de_janeiro__de_2022..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/397/projeto_de_lei_n_006_2022_do_28_de_janeiro__de_2022..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_de_lei_n_007_de_31_de_janeiro__de_2022..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_de_lei__n_008_de_08_de_fevereiro__de_2022..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_no_010_de_07_de_de_marco_de_2022..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/391/projeto_de_lei_no_012_de_08_de_de_marco_de_2022._000070.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_no_014_de_10_de_de_marco_de_2022..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/375/projeto_de_lei_no_015_de_14.03.2022_000055.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/378/projeto_de_llei__no_017_de_05_de_abril_de_2022_bb_000011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/390/projeto_de_lei_no_022_de_25_de_maio_de_2022._000231_2.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_de_lei__n_023_de_13_de_junho_de__2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/383/projeto_de_lei__n_024__de_22_de_junho_de__2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/392/projeto_de_lei_no_025_de_07_de_julho_de__2022_000142.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/393/projeto_de_lei_no_027_2022_de_23_08_2022_000020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/387/projeto_de_lei_no_030_de_16_08_2022_aprovado_000175.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_de_lei_no_032_2022_de_12_09_2022_000022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_no_033_de_26_09_2022_000027.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/403/pl_35-2022_ppa_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/404/pl_36-2022_loa_cariri_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/405/projeto_de_lei_no_037_de_05_de_dezembro_de_2022_000066.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/406/projeto_de_lei_no_038_de_08_de_dezembro_2022_000075.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/381/projeto__resolucao_no_001_2022_de_9_de_maio_2022_000116.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="151.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="150.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>