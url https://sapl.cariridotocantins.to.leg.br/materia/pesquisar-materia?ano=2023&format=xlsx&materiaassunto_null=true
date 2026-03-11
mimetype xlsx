--- v0 (2025-12-11)
+++ v1 (2026-03-11)
@@ -54,492 +54,492 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professor Ederson</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/418/indicacao_no001_de_13_de__fevereiro_de_2023..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/418/indicacao_no001_de_13_de__fevereiro_de_2023..pdf</t>
   </si>
   <si>
     <t>Indica, ao Exm. Sr Prefeito Municipal Providências no sentido de Revisar a Lei do Magistério de Cariri do Tocantins bem como a sua inteira Implantação.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Júnior Chaveiro</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/419/indicacao_no002_de_16_de__fevereiro_de_2023..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/419/indicacao_no002_de_16_de__fevereiro_de_2023..pdf</t>
   </si>
   <si>
     <t>Seja encaminhado ao Exm. Sr. Prefeito Municipal como indicação a tomada de providências junto ao setor competente para instalaçao de um bebedouro na Quadra Socyte para uso dos praticantes de Esporte.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/420/indicacao_no003_de_24_de_fevereiro_2023.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/420/indicacao_no003_de_24_de_fevereiro_2023.pdf</t>
   </si>
   <si>
     <t>Indica, ao Senhor Prefeito Municipal, na forma regimental, determinar ao Setor  competente para as placas indicativas de trânsito em nosso munícipio.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/421/indicacao_no004_de_24_de__fevereiro_de_2023..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/421/indicacao_no004_de_24_de__fevereiro_de_2023..pdf</t>
   </si>
   <si>
     <t>Indica ao Exmº. Sr.º Prefeito Municipal providência no sentido de construir paradas de ônibus com cobertura e assentos, no município de Cariri do Tocantins.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ricardo Barata</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/422/indicacao_no005_de_02_de_marco_2023..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/422/indicacao_no005_de_02_de_marco_2023..pdf</t>
   </si>
   <si>
     <t>Indica, ao Exmo.º Sr.º Prefeito Municipal providências para que proceda a troca de lâmpadas tradicionais por do tipo de LED do Setor Planalto em Cariri do Tocantins.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/429/indicacao__n_006_de_12_de_abril_de_2023_000005.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/429/indicacao__n_006_de_12_de_abril_de_2023_000005.pdf</t>
   </si>
   <si>
     <t>Indica ao Exm.º Sr. Prefeito Municipal a contratação de Segurança Armada e de Detectores de Metais a serem empregados na Unidade de Ensino Municipal.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/430/indicacao_007_2023_ederson_000025.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/430/indicacao_007_2023_ederson_000025.pdf</t>
   </si>
   <si>
     <t>indica ao Exm.º Sr. Prefeito Municipal a instalação de câmaras para monitoramento em órgãos públicos e cidades.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Vanusa Luciano</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que realize a troca das lâmpadas da Rua Bagio (RUA 01), por lâmpada de Led.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que formalize convenio com o Hospital do Amor de Palmas.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Tetin do Açougue</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/433/indicacao__n_010__de_19_de_junho_de_2023_tetin_000009.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/433/indicacao__n_010__de_19_de_junho_de_2023_tetin_000009.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que realize parceria com o Município de Gurupi do Tocantins, no sentido de apoiar o programa Casa Abrigo, o qual tem por objetivo a proteção de mulheres vítimas de violência doméstica e familiar.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Indicação nº 011 de 14 de Agosto de 2023.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/436/indicacao_no_012_de_09_de_agosto_de_2023_000074.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/436/indicacao_no_012_de_09_de_agosto_de_2023_000074.pdf</t>
   </si>
   <si>
     <t>Indicação nº 012 de 09 de Agosto de 2023.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_no_013_de_09_de_agosto_de_2023_000076.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_no_013_de_09_de_agosto_de_2023_000076.pdf</t>
   </si>
   <si>
     <t>Indicação nº 013 de 09 de Agosto de 2023.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_no_014___12_09_2023.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_no_014___12_09_2023.pdf</t>
   </si>
   <si>
     <t>Indicação nº 014/2023.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_no_015__12_09_2023.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_no_015__12_09_2023.pdf</t>
   </si>
   <si>
     <t>Indicação nº 015/2023.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/448/indicacao_n_016_000179.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/448/indicacao_n_016_000179.pdf</t>
   </si>
   <si>
     <t>Requerido à Mesa, ouvido o Plenário e cumpridas às formalidades regimentais, que se oficie a Ecovias do Araguaia, concessionaria responsável pela Rodovia BR 153, correção imediatamente das placas de Trânsito que foram colocadas às margens da Rodovia, BR 153.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/449/indicacao_n_017_000180.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/449/indicacao_n_017_000180.pdf</t>
   </si>
   <si>
     <t>A Disponibilidade de Caro próprio e especifico, seja popular ou ambulância de acordo com a necessidade condição do cidadão, até á unidade mais próxima do INSS, onde os mesmo precisam de perícia médica.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>MAP</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/424/macao_de_aplausos_no001_de__14_03_2023.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/424/macao_de_aplausos_no001_de__14_03_2023.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos á Medalhista de Ouro nas Olimpíadas Estaduais da APAES.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>PLC-E</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>Vanderlei Antônio de Carvalho Junior</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/413/projeto_lei_complementat_no_001_de_16_de_janeiro_de_2023_17022023_0001.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/413/projeto_lei_complementat_no_001_de_16_de_janeiro_de_2023_17022023_0001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Jornada de Trabalho do Profissional Medico Psiquiatra Lotado na Unidade Prisional de Cariri do Tocantins e dá outras providências..</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>PLO-E</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/410/projeto_de_lei__no_001_de_09_de_janeiro_de_2023_17022023.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/410/projeto_de_lei__no_001_de_09_de_janeiro_de_2023_17022023.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a criação da Imprensa Oficial do Município de Cariri do Tocantins na Forma Eletrônica e dá outras providências.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>Autoriza o pode Executivo a firmar termo de Cooperação técnica com a Universidade Federal do Tocantins- UFT,  e dá outras providências.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_lei__no_003_de_09_de_janeiro_de_2023_17022023.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_lei__no_003_de_09_de_janeiro_de_2023_17022023.pdf</t>
   </si>
   <si>
     <t>Autoriza a Realização de Processo seletivo Simplificado para contratação por prazo determinado, conforme disposição do Inciso IX do Capt do ART. 37 da Constituição Federal para atender Excepcional Interesse Público, visando suprir a necessidade temporária e dá outras providências.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/414/projeto_de_lei_n_004_de_14_de_fevereiro_de_2023_000024.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/414/projeto_de_lei_n_004_de_14_de_fevereiro_de_2023_000024.pdf</t>
   </si>
   <si>
     <t>Dispões sobre de criação de Loteamento Urbano em Isntitui Programa de Doação de Lotes e da outras Providências.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/415/projeto_de_lei_no_005_2023_000033.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/415/projeto_de_lei_no_005_2023_000033.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei 558 de 11 de Janeiro de 2022 para cargos  e anexo I, e dá outras providências.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_no_006_2023_000034.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_no_006_2023_000034.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Estrutura Administrativa e Organizacional do Poder Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>Dispõe sobre Alteração do Art 21 da Lei municipal nº 502 de 3 de Dezembro de 2019, e dá outras providências</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_n_008_de_12_abril_de_2023_finalizado__000012.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_n_008_de_12_abril_de_2023_finalizado__000012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito especial ao orçamento do município de Cariri/TO em favor da unidade orçamentaria que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/434/projeto_de_lei_no_009_de_17_de_abril_de_2023_ldo_parecer_autografo__000018.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/434/projeto_de_lei_no_009_de_17_de_abril_de_2023_ldo_parecer_autografo__000018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a elaboração da Lei de Diretrizes Orçamentarias (LDO) para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/440/projeto_de_lei_no_012_de_31_de_maio_de_2023._000043.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/440/projeto_de_lei_no_012_de_31_de_maio_de_2023._000043.pdf</t>
   </si>
   <si>
     <t>projeto de Lei nº 012 de 31 de maio de 2023.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/441/projeto_de_lei_no_013_de_06_de_junho_de_2023._000045.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/441/projeto_de_lei_no_013_de_06_de_junho_de_2023._000045.pdf</t>
   </si>
   <si>
     <t>PROTEJO DE de Lei nº 013 DE 06 DE JUNHO DE 2023.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/442/projeto_de_lei_no_014_15de_junho_de_2023_000035.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/442/projeto_de_lei_no_014_15de_junho_de_2023_000035.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 014 DE  15 DE JUNHO DE 2023.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/443/projeto_de_lei_no_015_completo_000018.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/443/projeto_de_lei_no_015_completo_000018.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 015 DE 20 DE JUNHO DE 2023.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/444/projeto_de_lei_no_019_de_2023__correta_enfermeiros___000023.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/444/projeto_de_lei_no_019_de_2023__correta_enfermeiros___000023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 019 DE 30 DE AGOSTO DE 2023.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/445/projeto_de_lei_no_020_de_26_de_setembro_de_2023_atualizado.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/445/projeto_de_lei_no_020_de_26_de_setembro_de_2023_atualizado.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 020 DE 26 DE SETEMBRO DE 2023.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/446/projeto_de_lei_no_021_loa__correta__2023_000020.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/446/projeto_de_lei_no_021_loa__correta__2023_000020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 021 DE 26 DE SETEMBRO DE 2023.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/447/projeto_de_lei_no_022_de_17_de_setembro_de_2023_000024.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/447/projeto_de_lei_no_022_de_17_de_setembro_de_2023_000024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 022 de 17 de Outubro de 2023.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no001de_13__de__fevereiro_de_2023..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no001de_13__de__fevereiro_de_2023..pdf</t>
   </si>
   <si>
     <t>Sabendo a necessidade latente e importantíssima da utilização da tecnologia em sala de aula é que requerido de Vossa Excelência a doação de notebooks para os professores da rede municipal de Ensino.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no002_de_24__de__fevereiro_de_2023..pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no002_de_24__de__fevereiro_de_2023..pdf</t>
   </si>
   <si>
     <t>Propõe Moção de Aplausos á Caririense  Milena Araujo da Silva,pela Medalha de Ouro nas Olimpíadas Estaduais das APAES.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/427/requerimente_no_003_de_26_de_maio_de_2023_000027.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/427/requerimente_no_003_de_26_de_maio_de_2023_000027.pdf</t>
   </si>
   <si>
     <t>Propõe ao poder Executivo a realização para o combate a prevenção quanto a proliferação do mosquito da dengue.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/428/requerimente_no_004_de_26_de_maio_de_2023_000028.pdf</t>
+    <t>http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/428/requerimente_no_004_de_26_de_maio_de_2023_000028.pdf</t>
   </si>
   <si>
     <t>Propõe ao Poder Executivo a realizar a remoção do quebra molas localizado em frete ao Colégio Estadual Tarso Dutra.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -846,68 +846,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/418/indicacao_no001_de_13_de__fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/419/indicacao_no002_de_16_de__fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/420/indicacao_no003_de_24_de_fevereiro_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/421/indicacao_no004_de_24_de__fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/422/indicacao_no005_de_02_de_marco_2023..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/429/indicacao__n_006_de_12_de_abril_de_2023_000005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/430/indicacao_007_2023_ederson_000025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/433/indicacao__n_010__de_19_de_junho_de_2023_tetin_000009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/436/indicacao_no_012_de_09_de_agosto_de_2023_000074.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_no_013_de_09_de_agosto_de_2023_000076.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_no_014___12_09_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_no_015__12_09_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/448/indicacao_n_016_000179.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/449/indicacao_n_017_000180.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/424/macao_de_aplausos_no001_de__14_03_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/413/projeto_lei_complementat_no_001_de_16_de_janeiro_de_2023_17022023_0001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/410/projeto_de_lei__no_001_de_09_de_janeiro_de_2023_17022023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_lei__no_003_de_09_de_janeiro_de_2023_17022023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/414/projeto_de_lei_n_004_de_14_de_fevereiro_de_2023_000024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/415/projeto_de_lei_no_005_2023_000033.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_no_006_2023_000034.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_n_008_de_12_abril_de_2023_finalizado__000012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/434/projeto_de_lei_no_009_de_17_de_abril_de_2023_ldo_parecer_autografo__000018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/440/projeto_de_lei_no_012_de_31_de_maio_de_2023._000043.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/441/projeto_de_lei_no_013_de_06_de_junho_de_2023._000045.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/442/projeto_de_lei_no_014_15de_junho_de_2023_000035.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/443/projeto_de_lei_no_015_completo_000018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/444/projeto_de_lei_no_019_de_2023__correta_enfermeiros___000023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/445/projeto_de_lei_no_020_de_26_de_setembro_de_2023_atualizado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/446/projeto_de_lei_no_021_loa__correta__2023_000020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/447/projeto_de_lei_no_022_de_17_de_setembro_de_2023_000024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no001de_13__de__fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no002_de_24__de__fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/427/requerimente_no_003_de_26_de_maio_de_2023_000027.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/428/requerimente_no_004_de_26_de_maio_de_2023_000028.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/418/indicacao_no001_de_13_de__fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/419/indicacao_no002_de_16_de__fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/420/indicacao_no003_de_24_de_fevereiro_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/421/indicacao_no004_de_24_de__fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/422/indicacao_no005_de_02_de_marco_2023..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/429/indicacao__n_006_de_12_de_abril_de_2023_000005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/430/indicacao_007_2023_ederson_000025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/433/indicacao__n_010__de_19_de_junho_de_2023_tetin_000009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/436/indicacao_no_012_de_09_de_agosto_de_2023_000074.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_no_013_de_09_de_agosto_de_2023_000076.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_no_014___12_09_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_no_015__12_09_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/448/indicacao_n_016_000179.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/449/indicacao_n_017_000180.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/424/macao_de_aplausos_no001_de__14_03_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/413/projeto_lei_complementat_no_001_de_16_de_janeiro_de_2023_17022023_0001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/410/projeto_de_lei__no_001_de_09_de_janeiro_de_2023_17022023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_lei__no_003_de_09_de_janeiro_de_2023_17022023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/414/projeto_de_lei_n_004_de_14_de_fevereiro_de_2023_000024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/415/projeto_de_lei_no_005_2023_000033.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_no_006_2023_000034.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_n_008_de_12_abril_de_2023_finalizado__000012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/434/projeto_de_lei_no_009_de_17_de_abril_de_2023_ldo_parecer_autografo__000018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/440/projeto_de_lei_no_012_de_31_de_maio_de_2023._000043.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/441/projeto_de_lei_no_013_de_06_de_junho_de_2023._000045.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/442/projeto_de_lei_no_014_15de_junho_de_2023_000035.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/443/projeto_de_lei_no_015_completo_000018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/444/projeto_de_lei_no_019_de_2023__correta_enfermeiros___000023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/445/projeto_de_lei_no_020_de_26_de_setembro_de_2023_atualizado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/446/projeto_de_lei_no_021_loa__correta__2023_000020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/447/projeto_de_lei_no_022_de_17_de_setembro_de_2023_000024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no001de_13__de__fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no002_de_24__de__fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/427/requerimente_no_003_de_26_de_maio_de_2023_000027.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cariridotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/428/requerimente_no_004_de_26_de_maio_de_2023_000028.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="154.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="153.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="252.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>